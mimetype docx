--- v0 (2025-10-16)
+++ v1 (2026-01-10)
@@ -14,546 +14,330 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">2LINE Athene BOX</w:t>
+        <w:t xml:space="preserve">2LINE Athene KÜB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Optical telecommunication outlet / Customer line termination </w:t>
+        <w:t xml:space="preserve">Cable overlength box</w:t>
       </w:r>
     </w:p>
     <w:p/>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">For fixation on the wall or on flush-mounted boxes</w:t>
+        <w:t xml:space="preserve">Can be used in combination with the 2LINE Athene BOX </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">As a conversion point from outdoor to in-house cable and as a subscriber connection socket in the home </w:t>
+        <w:t xml:space="preserve">Enables excess length compensation of cascaded cable whips </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Holds up to 3 couplings and 12 splices </w:t>
+        <w:t xml:space="preserve">Used for depositing excess cable lengths</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Capacity of 3x SC- Pigtails or 6x LC-Pigtails </w:t>
+        <w:t xml:space="preserve">Micro tube acceptance of Ø5 /Ø7 /Ø10 mm </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tube/cable entry and fixation up to max. Ø10mm </w:t>
+        <w:t xml:space="preserve">Use of gas/water - stop </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Use of gas/water - stop </w:t>
-[...73 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">Self-locking closure</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Scope of delivery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Splice protection holder 12x crimp or 6x shrink</w:t>
+        <w:t xml:space="preserve">Cable ties</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cable entry sleeve with membrane (max.Ø7mm)</w:t>
+        <w:t xml:space="preserve">Wall fixation material (Universal plugs and screws)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cable ties</w:t>
-[...95 lines deleted...]
-        <w:t xml:space="preserve">Customer logo (optional)</w:t>
+        <w:t xml:space="preserve">Optional: customer logo</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Varianten</w:t>
+        <w:t xml:space="preserve">Tests/Standards</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Item: 2LINE Athene KÜB</w:t>
+        <w:t xml:space="preserve">Impact resistant IK07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Self-extinguishing according to UL94 V0 and UV-resistant</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tests/Standards</w:t>
+        <w:t xml:space="preserve">Material</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Protection Index IP20</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">Self-extinguishing according to UL94 V0 and UV-resistant</w:t>
+        <w:t xml:space="preserve">Plastic, signal white RAL 9003</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:spacing w:before="40" w:after="80"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Material</w:t>
+        <w:t xml:space="preserve">Dimensions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Plastic, signal white RAL 9003</w:t>
+        <w:t xml:space="preserve">HxWxD[mm]: 90x96x27</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
+      <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dimensions</w:t>
-[...6 lines deleted...]
-      <w:pPr/>
+        <w:t xml:space="preserve">Article Code</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="40" w:after="80"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">HxWxD[mm]: 135x96x27</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">2LINE Athene BOX</w:t>
+        <w:t xml:space="preserve">2LINE Athene KÜB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article number</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -698,51 +482,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D76B2E73"/>
+    <w:nsid w:val="61FEA80B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -846,51 +630,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="97552720"/>
+    <w:nsid w:val="8159F000"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1369,39 +1153,39 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>PHPWord</Application>
   <Company>Hauff-Technik GRIDCOM GmbH</Company>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Hauff-Technik GRIDCOM GmbH</dc:creator>
-  <dc:title>Tender specifications - 2LINE Athene BOX</dc:title>
+  <dc:title>Tender specifications - 2LINE Athene KÜB</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>