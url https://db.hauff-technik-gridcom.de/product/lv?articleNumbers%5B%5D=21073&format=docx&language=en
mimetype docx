--- v1 (2026-01-10)
+++ v2 (2026-03-01)
@@ -482,51 +482,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="61FEA80B"/>
+    <w:nsid w:val="927DF75B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -630,51 +630,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="8159F000"/>
+    <w:nsid w:val="55E0D71F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>