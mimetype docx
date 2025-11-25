--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -564,51 +564,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C6370C8F"/>
+    <w:nsid w:val="5879159E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -712,51 +712,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="EA54D808"/>
+    <w:nsid w:val="B00133CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>