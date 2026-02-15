--- v1 (2025-11-25)
+++ v2 (2026-02-15)
@@ -14,412 +14,111 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">2LINE Optical Distribution Frame ODF 180 Active</w:t>
+        <w:t xml:space="preserve">CABLE DUCT FOR BOTTOM </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Optical distribution frame</w:t>
-[...122 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Scope of delivery</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...94 lines deleted...]
-    </w:p>
+    <w:p/>
+    <w:p/>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Varianten</w:t>
-[...45 lines deleted...]
-    <w:p/>
+        <w:t xml:space="preserve">Article Code</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:sz w:val="19"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">HxWxD[mm]: 1800x900x300</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">2LINE ODF 180 Aktiv 60x60 19" 46HE</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article number</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -562,354 +261,51 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...302 lines deleted...]
-</w:numbering>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -1235,39 +631,39 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>PHPWord</Application>
   <Company>Hauff-Technik GRIDCOM GmbH</Company>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Hauff-Technik GRIDCOM GmbH</dc:creator>
-  <dc:title>Tender specifications - 2LINE Optical Distribution Frame ODF 180 Active</dc:title>
+  <dc:title>Tender specifications - CABLE DUCT FOR BOTTOM </dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>