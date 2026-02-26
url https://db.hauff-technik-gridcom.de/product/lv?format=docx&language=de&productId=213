--- v0 (2025-12-08)
+++ v1 (2026-02-26)
@@ -74,51 +74,51 @@
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bestellbezeichnung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">2LINE MFG Batterieblech</w:t>
+        <w:t xml:space="preserve">2LINE-MFG-Batterieblech</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Fabrikat: Hauff-Technik GRIDCOM GmbH</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>