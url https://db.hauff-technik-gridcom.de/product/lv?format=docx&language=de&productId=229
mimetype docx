--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -14,51 +14,51 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">2LINE PIG 12er Set E2000 HS B</w:t>
+        <w:t xml:space="preserve">2LINE Pigtail Set E2000 HS B</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -74,51 +74,51 @@
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bestellbezeichnung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">2LINE PIG 12er Set E2000 HS B</w:t>
+        <w:t xml:space="preserve">2LINE Pigtail Set E2000 HS B</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Fabrikat: Hauff-Technik GRIDCOM GmbH</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -605,39 +605,39 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>PHPWord</Application>
   <Company>Hauff-Technik GRIDCOM GmbH</Company>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Hauff-Technik GRIDCOM GmbH</dc:creator>
-  <dc:title>Ausschreibungstexte - 2LINE PIG 12er Set E2000 HS B</dc:title>
+  <dc:title>Ausschreibungstexte - 2LINE Pigtail Set E2000 HS B</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>